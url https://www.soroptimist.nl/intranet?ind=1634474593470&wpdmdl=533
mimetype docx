--- v0 (2025-12-05)
+++ v1 (2026-01-30)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="1B6B9632" w14:textId="1A84B4A7" w:rsidR="00333C55" w:rsidRDefault="00721091" w:rsidP="007845CB">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2EA7C2FB" wp14:editId="231CEC97">
             <wp:extent cx="1188720" cy="1188720"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="2" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Afbeelding 2"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
@@ -59,51 +59,51 @@
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1188720" cy="1188720"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="701319A5" w14:textId="77777777" w:rsidR="00721091" w:rsidRDefault="00721091" w:rsidP="007845CB">
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="096DB962" w14:textId="6449712A" w:rsidR="007845CB" w:rsidRDefault="007845CB" w:rsidP="007845CB">
+    <w:p w14:paraId="096DB962" w14:textId="17FB05B2" w:rsidR="007845CB" w:rsidRDefault="007845CB" w:rsidP="007845CB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00333C55">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Best </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00333C55">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
@@ -132,59 +132,59 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00333C55">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Award (BPA)</w:t>
       </w:r>
       <w:r w:rsidR="00116B1A">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 202</w:t>
       </w:r>
-      <w:r w:rsidR="007B1751">
-[...7 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00CA6D5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:b/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6018C5F6" w14:textId="77777777" w:rsidR="005179FE" w:rsidRDefault="005179FE" w:rsidP="007845CB">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="62BF756B" w14:textId="4C44BAC7" w:rsidR="00360715" w:rsidRPr="00721091" w:rsidRDefault="004765F1" w:rsidP="00721091">
       <w:pPr>
         <w:pBdr>
           <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
         </w:pBdr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
@@ -891,51 +891,51 @@
       <w:r w:rsidR="00825374">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> kunnen worden ingediend</w:t>
       </w:r>
       <w:r w:rsidR="00721091">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC2F03">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F779A7C" w14:textId="258E5E26" w:rsidR="009602B0" w:rsidRPr="00313027" w:rsidRDefault="009602B0" w:rsidP="009602B0">
+    <w:p w14:paraId="1F779A7C" w14:textId="51FEA9A7" w:rsidR="009602B0" w:rsidRPr="00313027" w:rsidRDefault="009602B0" w:rsidP="009602B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DC2F03">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>een</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00DC2F03">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
@@ -969,165 +969,179 @@
       </w:r>
       <w:r w:rsidRPr="00DC2F03">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1 </w:t>
       </w:r>
       <w:r w:rsidR="007B1751">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">januari </w:t>
       </w:r>
       <w:r w:rsidR="00CD7A64">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="007B1751">
-[...5 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00CA6D5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00CD7A64">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DC2F03">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>en 3</w:t>
       </w:r>
       <w:r w:rsidR="006946E5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC2F03">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006946E5">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">december </w:t>
       </w:r>
       <w:r w:rsidR="00CD7A64">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:r w:rsidR="007B1751">
-[...5 lines deleted...]
-        <w:t>4</w:t>
+      <w:r w:rsidR="00CA6D5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>5</w:t>
       </w:r>
       <w:r w:rsidR="00CD7A64">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidRPr="00DC2F03">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>het vorige clubjaa</w:t>
       </w:r>
       <w:r w:rsidR="00D175E4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>r</w:t>
       </w:r>
       <w:r w:rsidR="00CD7A64">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00D175E4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>. E</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D175E4" w:rsidRPr="00CA6D5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CA6D5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>en meerjarenproject wordt pas ingediend als het is afgerond</w:t>
       </w:r>
-      <w:r w:rsidR="00721091">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+      <w:r w:rsidR="00721091" w:rsidRPr="00CA6D5D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="50E77FA9" w14:textId="139123D6" w:rsidR="00721091" w:rsidRDefault="009602B0" w:rsidP="009602B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="12"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00DC2F03">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
@@ -1817,63 +1831,52 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>(lokale)</w:t>
       </w:r>
       <w:r w:rsidRPr="002312C8">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>media</w:t>
       </w:r>
       <w:r w:rsidR="00360715">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> &gt; vergroot de naamsbekendheid van </w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> &gt; vergroot de naamsbekendheid van Soroptimisme</w:t>
+      </w:r>
       <w:r w:rsidR="00721091">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E6A6FB0" w14:textId="2DAC8027" w:rsidR="009602B0" w:rsidRPr="002312C8" w:rsidRDefault="009602B0" w:rsidP="009602B0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002312C8">
         <w:rPr>
@@ -2244,51 +2247,51 @@
         <w:t>!</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4508A2F3" w14:textId="77777777" w:rsidR="00D175E4" w:rsidRDefault="00D175E4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="63166E73" w14:textId="77777777" w:rsidR="00D175E4" w:rsidRDefault="00D175E4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60739B58" w14:textId="5E0C83B1" w:rsidR="00F421F5" w:rsidRDefault="00D175E4">
+    <w:p w14:paraId="60739B58" w14:textId="13F3E5B8" w:rsidR="00F421F5" w:rsidRDefault="00D175E4">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Deadline voor indienen aanvraag is </w:t>
       </w:r>
       <w:r w:rsidR="00313C51">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
@@ -2312,61 +2315,61 @@
       </w:r>
       <w:r w:rsidR="00721091" w:rsidRPr="00721091">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00313C51">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>februari 202</w:t>
       </w:r>
-      <w:r w:rsidR="001D60E7">
+      <w:r w:rsidR="00CA6D5D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:bCs/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="00721091">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00744BE9">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Stuur dit document ingevuld naar </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="00744BE9" w:rsidRPr="004A1562">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
@@ -2518,73 +2521,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Soropster</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00765603">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">worden bekend gemaakt tijdens de </w:t>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> in juni.</w:t>
+        <w:t>worden bekend gemaakt tijdens de Inspirada in juni.</w:t>
       </w:r>
       <w:r w:rsidR="004765F1">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:i/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="354EC009" w14:textId="5AF2288F" w:rsidR="00770377" w:rsidRPr="00721091" w:rsidRDefault="004765F1" w:rsidP="004765F1">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00721091">
         <w:rPr>
@@ -4098,70 +4079,70 @@
     </w:tbl>
     <w:p w14:paraId="1194B927" w14:textId="571AF720" w:rsidR="002312C8" w:rsidRPr="00770377" w:rsidRDefault="002312C8" w:rsidP="00E520D2">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Helvetica"/>
           <w:b/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="002312C8" w:rsidRPr="00770377" w:rsidSect="00E520D2">
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:pgSz w:w="11900" w:h="16840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:rtlGutter/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="35690546" w14:textId="77777777" w:rsidR="00596148" w:rsidRDefault="00596148" w:rsidP="009E0044">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1AE9E487" w14:textId="77777777" w:rsidR="00596148" w:rsidRDefault="00596148" w:rsidP="009E0044">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS ??">
     <w:altName w:val="MS Mincho"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
@@ -4177,100 +4158,101 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Verdana">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00006FF" w:usb1="4000205B" w:usb2="00000010" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
+    <w:altName w:val="Segoe UI"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="@èNVˇ">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="7E5BB939" w14:textId="18194A02" w:rsidR="009E0044" w:rsidRDefault="009E0044">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7E5BB939" w14:textId="4C1C806B" w:rsidR="009E0044" w:rsidRDefault="009E0044">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1FDDBFFD" wp14:editId="69603D18">
               <wp:extent cx="5939155" cy="213360"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:docPr id="454" name="Rectangle 2"/>
               <wp:cNvGraphicFramePr>
                 <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
               </wp:cNvGraphicFramePr>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr>
                       <a:spLocks noChangeArrowheads="1"/>
                     </wps:cNvSpPr>
                     <wps:spPr bwMode="auto">
                       <a:xfrm>
@@ -4331,88 +4313,88 @@
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">BPA </w:t>
     </w:r>
     <w:r w:rsidR="009F5640">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>jan</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> 202</w:t>
     </w:r>
-    <w:r w:rsidR="00B47328">
+    <w:r w:rsidR="00CA6D5D">
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>5</w:t>
+      <w:t>6</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="73749624" w14:textId="77777777" w:rsidR="009E0044" w:rsidRDefault="009E0044">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5D84AA35" w14:textId="77777777" w:rsidR="00596148" w:rsidRDefault="00596148" w:rsidP="009E0044">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="414E0B22" w14:textId="77777777" w:rsidR="00596148" w:rsidRDefault="00596148" w:rsidP="009E0044">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="00000001"/>
     <w:lvl w:ilvl="0" w:tplc="00000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
@@ -5982,52 +5964,52 @@
   <w:num w:numId="9" w16cid:durableId="1492210158">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="323827136">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="676268263">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1603151265">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="787312445">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="51737343">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="105855877">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="190"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="150"/>
   <w:gutterAtTop/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -6085,54 +6067,56 @@
     <w:rsid w:val="00770377"/>
     <w:rsid w:val="007845CB"/>
     <w:rsid w:val="007B1751"/>
     <w:rsid w:val="007D35F7"/>
     <w:rsid w:val="007D3D75"/>
     <w:rsid w:val="007F0A40"/>
     <w:rsid w:val="00825374"/>
     <w:rsid w:val="00870547"/>
     <w:rsid w:val="008A311D"/>
     <w:rsid w:val="008A491E"/>
     <w:rsid w:val="009046D9"/>
     <w:rsid w:val="009602B0"/>
     <w:rsid w:val="00967094"/>
     <w:rsid w:val="009E0044"/>
     <w:rsid w:val="009F5640"/>
     <w:rsid w:val="00A33F76"/>
     <w:rsid w:val="00AC7216"/>
     <w:rsid w:val="00AE3463"/>
     <w:rsid w:val="00AE56F0"/>
     <w:rsid w:val="00B3055B"/>
     <w:rsid w:val="00B47328"/>
     <w:rsid w:val="00B86ABF"/>
     <w:rsid w:val="00B86B43"/>
     <w:rsid w:val="00B95B95"/>
     <w:rsid w:val="00B95C26"/>
+    <w:rsid w:val="00BD398B"/>
     <w:rsid w:val="00BE7872"/>
     <w:rsid w:val="00C063DD"/>
     <w:rsid w:val="00C26598"/>
     <w:rsid w:val="00C91F6F"/>
+    <w:rsid w:val="00CA6D5D"/>
     <w:rsid w:val="00CD7A64"/>
     <w:rsid w:val="00CE6AFE"/>
     <w:rsid w:val="00D01034"/>
     <w:rsid w:val="00D175E4"/>
     <w:rsid w:val="00D57C06"/>
     <w:rsid w:val="00D84E1C"/>
     <w:rsid w:val="00D877F5"/>
     <w:rsid w:val="00DB348E"/>
     <w:rsid w:val="00DC2F03"/>
     <w:rsid w:val="00E031CC"/>
     <w:rsid w:val="00E05376"/>
     <w:rsid w:val="00E520D2"/>
     <w:rsid w:val="00EA0FE9"/>
     <w:rsid w:val="00F04144"/>
     <w:rsid w:val="00F05B61"/>
     <w:rsid w:val="00F15531"/>
     <w:rsid w:val="00F17DBC"/>
     <w:rsid w:val="00F421F5"/>
     <w:rsid w:val="00F461CE"/>
     <w:rsid w:val="00F61419"/>
     <w:rsid w:val="00FC0E53"/>
     <w:rsid w:val="00FE5678"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
@@ -6143,51 +6127,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="nl-NL" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="54EBD62C"/>
   <w15:docId w15:val="{0952D7D6-AA14-4257-AF71-72EA42787C5A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:eastAsia="MS ??" w:hAnsi="Cambria" w:cs="Times New Roman"/>
         <w:lang w:val="nl-NL" w:eastAsia="nl-NL" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:locked="1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:locked="1" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6721,51 +6705,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00744BE9"/>
     <w:rPr>
       <w:color w:val="0000FF" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00744BE9"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:programmacoordinator@soroptimist.nl" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -7032,70 +7016,50 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...18 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101003F859864EB03B24B86F26215AD89F157" ma:contentTypeVersion="16" ma:contentTypeDescription="Een nieuw document maken." ma:contentTypeScope="" ma:versionID="2d43d6e1281141f6dfd70ce03013b9ff">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="4c3e0de7-bb35-4eaa-bbcc-7ba690c467d1" xmlns:ns3="3b6b5ec8-de58-4872-ab1e-8d30f7396277" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="d1925becf9dcff4c5f40aa838a3c483c" ns2:_="" ns3:_="">
     <xsd:import namespace="4c3e0de7-bb35-4eaa-bbcc-7ba690c467d1"/>
     <xsd:import namespace="3b6b5ec8-de58-4872-ab1e-8d30f7396277"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
@@ -7294,130 +7258,150 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="4c3e0de7-bb35-4eaa-bbcc-7ba690c467d1">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="3b6b5ec8-de58-4872-ab1e-8d30f7396277" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D83B1F18-D90E-4C14-BEA4-B93EB15E67FB}">
-[...17 lines deleted...]
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F33BD8F8-24D7-4D7A-95B9-E63F4C1ED667}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="4c3e0de7-bb35-4eaa-bbcc-7ba690c467d1"/>
     <ds:schemaRef ds:uri="3b6b5ec8-de58-4872-ab1e-8d30f7396277"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9EB7D282-25FD-4906-BD95-48730A66BEEB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D83B1F18-D90E-4C14-BEA4-B93EB15E67FB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="4c3e0de7-bb35-4eaa-bbcc-7ba690c467d1"/>
+    <ds:schemaRef ds:uri="3b6b5ec8-de58-4872-ab1e-8d30f7396277"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D59A728-84F1-4906-8E23-97E9ED267A0F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
   <Words>598</Words>
   <Characters>3631</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>30</Lines>
-  <Paragraphs>8</Paragraphs>
+  <Lines>279</Lines>
+  <Paragraphs>162</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Egdam BV</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4221</CharactersWithSpaces>
+  <CharactersWithSpaces>4067</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Sylvie van Dam Merrett</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101003F859864EB03B24B86F26215AD89F157</vt:lpwstr>
   </property>